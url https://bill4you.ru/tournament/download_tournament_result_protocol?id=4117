--- v0 (2025-10-04)
+++ v1 (2026-03-04)
@@ -1084,51 +1084,51 @@
       </c>
       <c r="C27" s="8">
         <v>1993</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1995</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F29" s="1"/>