--- v0 (2025-10-22)
+++ v1 (2026-03-04)
@@ -1214,51 +1214,51 @@
       </c>
       <c r="C32" s="8">
         <v>2007</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2010</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1982</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="1"/>