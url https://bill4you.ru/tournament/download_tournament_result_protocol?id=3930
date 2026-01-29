--- v0 (2025-10-12)
+++ v1 (2026-01-29)
@@ -371,69 +371,69 @@
   <si>
     <t>Хе Альберт</t>
   </si>
   <si>
     <t>Шек Владимир</t>
   </si>
   <si>
     <t>Щеглов Павел</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Катаев Георгий</t>
   </si>
   <si>
     <t>Соседов Станислав</t>
   </si>
   <si>
     <t>Янцевич Сергей</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
+    <t>ЗМС</t>
+  </si>
+  <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
-    <t>ЗМС</t>
-[...1 lines deleted...]
-  <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>1р</t>
+  </si>
+  <si>
     <t>2р</t>
-  </si>
-[...1 lines deleted...]
-    <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -932,351 +932,351 @@
       </c>
       <c r="C8" s="8">
         <v>2001</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>119</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="8">
         <v>1999</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="8">
         <v>2000</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="8">
         <v>1997</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>128</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="8">
         <v>2005</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="8">
         <v>1988</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>129</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="8">
         <v>1995</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="8">
         <v>1993</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>128</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="8">
         <v>1994</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>119</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="8">
         <v>1996</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="8">
         <v>1994</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C19" s="8">
         <v>2003</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>122</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="8">
         <v>1974</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="8">
         <v>1988</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C22" s="8">
         <v>1993</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>129</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C23" s="8">
         <v>1989</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>122</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C24" s="8">
         <v>1987</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C25" s="8">
         <v>1986</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F25" s="1"/>
@@ -1332,51 +1332,51 @@
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>122</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="8">
         <v>1990</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="8">
         <v>2010</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>122</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="1"/>
@@ -1492,51 +1492,51 @@
       </c>
       <c r="C36" s="8">
         <v>1988</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C37" s="8">
         <v>1998</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C38" s="8">
         <v>1988</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F38" s="1"/>
@@ -1612,51 +1612,51 @@
       </c>
       <c r="C42" s="8">
         <v>1985</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="8">
         <v>1990</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C44" s="8"/>
       <c r="D44" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
@@ -1670,51 +1670,51 @@
       </c>
       <c r="C45" s="8">
         <v>1988</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="8">
         <v>1988</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="8">
         <v>1974</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F47" s="1"/>
@@ -1986,71 +1986,71 @@
       </c>
       <c r="C61" s="8">
         <v>2007</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C62" s="8">
         <v>2008</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C63" s="8">
         <v>2010</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C64" s="8">
         <v>1978</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F64" s="1"/>
@@ -2342,51 +2342,51 @@
       </c>
       <c r="C79" s="8">
         <v>1986</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C80" s="8">
         <v>2013</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C81" s="8">
         <v>1978</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F81" s="1"/>
@@ -2600,51 +2600,51 @@
       <c r="B92" s="9" t="s">
         <v>103</v>
       </c>
       <c r="C92" s="8"/>
       <c r="D92" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C93" s="8">
         <v>1978</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>105</v>
       </c>
       <c r="C94" s="8">
         <v>1991</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F94" s="1"/>