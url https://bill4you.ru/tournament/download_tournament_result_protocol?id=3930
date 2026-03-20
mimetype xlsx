--- v1 (2026-01-29)
+++ v2 (2026-03-20)
@@ -2006,51 +2006,51 @@
       </c>
       <c r="C62" s="8">
         <v>2008</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C63" s="8">
         <v>2010</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C64" s="8">
         <v>1978</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F64" s="1"/>