--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -1597,51 +1597,51 @@
       </c>
       <c r="C38" s="8">
         <v>1983</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="8">
         <v>1983</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C40" s="8">
         <v>1979</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="1"/>