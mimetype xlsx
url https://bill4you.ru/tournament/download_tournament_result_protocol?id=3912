--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -1597,51 +1597,51 @@
       </c>
       <c r="C38" s="8">
         <v>1983</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="8">
         <v>1983</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C40" s="8">
         <v>1979</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="1"/>