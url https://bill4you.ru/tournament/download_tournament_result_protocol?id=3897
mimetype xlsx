--- v0 (2025-12-17)
+++ v1 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Бильярдная 1</t>
   </si>
   <si>
     <t xml:space="preserve">5-й этап «Серия любительских турниров по русскому бильярду Бильярдной No1» </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>24.11.2024, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -65,51 +65,51 @@
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 34</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Слепнёв Андрей</t>
   </si>
   <si>
     <t>Прудченко Кирилл</t>
   </si>
   <si>
-    <t>Василенко Николай</t>
+    <t>Валерьянов Валерий</t>
   </si>
   <si>
     <t>Рахманов Рустам</t>
   </si>
   <si>
     <t>Газизуллин Булат</t>
   </si>
   <si>
     <t>Колпаков Андрей</t>
   </si>
   <si>
     <t>Хавкин Валентин</t>
   </si>
   <si>
     <t>Чеботарев Александр</t>
   </si>
   <si>
     <t>Ахмедов Эльшан</t>
   </si>
   <si>
     <t>Багавеев Рамиль</t>
   </si>
   <si>
     <t>Исаев Евгений</t>
   </si>
@@ -189,50 +189,53 @@
     <t>Галлямов Ленар</t>
   </si>
   <si>
     <t>Салмова Анастасия</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Казань</t>
+  </si>
+  <si>
+    <t>курортный посёлок Озеро-Карачи</t>
   </si>
   <si>
     <t>Чебоксары</t>
   </si>
   <si>
     <t>Агрыз</t>
   </si>
   <si>
     <t>Зеленодольск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -741,56 +744,58 @@
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="8">
         <v>1981</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="8"/>
+      <c r="C10" s="8">
+        <v>1967</v>
+      </c>
       <c r="D10" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>1993</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
@@ -960,51 +965,51 @@
       </c>
       <c r="D20" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1985</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>1985</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
@@ -1100,51 +1105,51 @@
       </c>
       <c r="D27" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2002</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1981</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
@@ -1198,51 +1203,51 @@
       </c>
       <c r="D32" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>1990</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1993</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>