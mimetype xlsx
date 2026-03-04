--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Корона. Открытый Кубок Москвы. Мужчины. 3 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>21.09.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -338,54 +338,51 @@
   <si>
     <t>Калинковичи</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Бишкек</t>
   </si>
   <si>
     <t>Ош</t>
   </si>
   <si>
     <t>Кара-Балта</t>
   </si>
   <si>
     <t>Калуга</t>
   </si>
   <si>
     <t>Караганда</t>
   </si>
   <si>
-    <t>Омск</t>
-[...2 lines deleted...]
-    <t>Иваново</t>
+    <t>Салехард</t>
   </si>
   <si>
     <t>Реутов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1593,51 +1590,51 @@
       </c>
       <c r="D44" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>2007</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>1984</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
@@ -1646,96 +1643,98 @@
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>2010</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="C48" s="8"/>
+      <c r="C48" s="8">
+        <v>1996</v>
+      </c>
       <c r="D48" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>2009</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>2008</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2012</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
@@ -2047,51 +2046,51 @@
       </c>
       <c r="D67" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>1983</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1986</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
@@ -2127,51 +2126,51 @@
       </c>
       <c r="D71" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1970</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>1982</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>