--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Бильярдная 1</t>
   </si>
   <si>
     <t xml:space="preserve"> «Серия любительских турниров по русскому бильярду Бильярдной No1» 1-й этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>15.09.2024, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>15.09.2024, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 38</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t>Ахмедов Эльшан</t>
   </si>
   <si>
     <t>Горчаков Ильдар</t>
   </si>
   <si>
     <t>Нуреев Александр</t>
   </si>
   <si>
     <t>Рахманов Рустам</t>
   </si>
   <si>
     <t>Сибгатуллин Камиль</t>
   </si>
   <si>
     <t>Хамидуллин Тимур</t>
   </si>
   <si>
     <t>Шакирянов Рустам</t>
   </si>
   <si>
     <t>Шархмуллин Инзель</t>
   </si>
   <si>
-    <t>Василенко Николай</t>
+    <t>Валерьянов Валерий</t>
   </si>
   <si>
     <t>Горелов Андрей</t>
   </si>
   <si>
     <t>Еремин Вадим</t>
   </si>
   <si>
     <t>Салимзянов Марат</t>
   </si>
   <si>
     <t>Сухов Денис</t>
   </si>
   <si>
     <t>Шаранин Дмитрий</t>
   </si>
   <si>
     <t>Шарипов Рустем</t>
   </si>
   <si>
     <t>Шаронов Глеб</t>
   </si>
   <si>
     <t>Афанасьев Илья</t>
   </si>
@@ -204,50 +204,53 @@
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Агрыз</t>
   </si>
   <si>
     <t>село Верхнеяркеево</t>
+  </si>
+  <si>
+    <t>курортный посёлок Озеро-Карачи</t>
   </si>
   <si>
     <t>Зеленодольск</t>
   </si>
   <si>
     <t>Набережные Челны</t>
   </si>
   <si>
     <t>Альметьевск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1034,136 +1037,138 @@
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>1990</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="C24" s="8"/>
+      <c r="C24" s="8">
+        <v>1967</v>
+      </c>
       <c r="D24" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1981</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1990</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>1983</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1982</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1963</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
@@ -1179,51 +1184,51 @@
       </c>
       <c r="D30" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>1971</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2002</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>