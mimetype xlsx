--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -855,51 +855,51 @@
       </c>
       <c r="C16" s="8">
         <v>2011</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2005</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2009</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="1"/>