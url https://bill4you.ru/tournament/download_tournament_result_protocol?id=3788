--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Пул 9. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>27.09.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -285,53 +285,50 @@
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Стамбул</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бразилиа</t>
   </si>
   <si>
     <t>Ханой</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1139,51 +1136,51 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>2008</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1989</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
@@ -1915,51 +1912,51 @@
       <c r="C63" s="8">
         <v>2010</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C64" s="8"/>
       <c r="D64" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="8">
         <v>1987</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>