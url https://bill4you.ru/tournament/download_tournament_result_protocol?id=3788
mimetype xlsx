--- v1 (2025-12-07)
+++ v2 (2026-03-02)
@@ -1511,51 +1511,51 @@
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8"/>
       <c r="D43" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2009</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F45" s="1"/>