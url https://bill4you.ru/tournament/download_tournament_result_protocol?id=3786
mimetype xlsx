--- v0 (2025-10-05)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Пул 10. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>23.09.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -282,53 +282,50 @@
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Стамбул</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бразилиа</t>
   </si>
   <si>
     <t>Ханой</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1438,51 +1435,51 @@
       </c>
       <c r="D39" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2008</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2006</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
@@ -1513,51 +1510,51 @@
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8"/>
       <c r="D43" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2012</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="1"/>
@@ -1614,51 +1611,51 @@
       <c r="C48" s="8">
         <v>1983</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>1987</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>