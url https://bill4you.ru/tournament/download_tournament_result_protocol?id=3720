--- v0 (2025-11-04)
+++ v1 (2026-03-27)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>6-й этап кубка России по пулу 2024. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>31.08.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t>Безруков Вячеслав</t>
   </si>
   <si>
     <t>Дзускаев Андрей</t>
   </si>
   <si>
     <t>Дуданец Максим</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Чернышов Александр</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Наон Юрий</t>
   </si>
   <si>
     <t>Рашев Сергей</t>
   </si>
   <si>
     <t>Родин Дмитрий</t>
   </si>
   <si>
     <t>Смирнов Владимир</t>
   </si>
   <si>
     <t>Соломатин Иван</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Шестаков Михаил</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
@@ -240,53 +240,50 @@
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Калининградская область</t>
   </si>
   <si>
     <t>Республика Саха (Якутия)</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1085,51 +1082,51 @@
       </c>
       <c r="D23" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2008</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1983</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
@@ -1245,71 +1242,71 @@
       </c>
       <c r="D31" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2010</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>1971</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2006</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
@@ -1482,94 +1479,94 @@
       </c>
       <c r="C43" s="8">
         <v>2008</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1982</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1974</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>2003</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
@@ -1605,51 +1602,51 @@
       </c>
       <c r="D49" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>1999</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>1994</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>