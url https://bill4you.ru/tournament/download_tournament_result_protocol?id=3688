--- v0 (2025-10-05)
+++ v1 (2025-12-17)
@@ -146,51 +146,51 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Пенза</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>