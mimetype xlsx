--- v1 (2025-12-17)
+++ v2 (2026-03-14)
@@ -786,51 +786,51 @@
       </c>
       <c r="C13" s="8">
         <v>2001</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>1985</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1980</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="1"/>