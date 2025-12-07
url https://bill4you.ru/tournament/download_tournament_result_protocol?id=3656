--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы  «Свободная пирамида» среди любителей. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.09.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -333,50 +333,53 @@
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>Тула</t>
   </si>
   <si>
     <t>Братислава</t>
   </si>
   <si>
     <t>Берлин</t>
   </si>
   <si>
     <t>Железногорск</t>
+  </si>
+  <si>
+    <t>Рязань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1304,51 +1307,53 @@
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1976</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="8"/>
+      <c r="C32" s="8">
+        <v>1971</v>
+      </c>
       <c r="D32" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="8">
         <v>1995</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>101</v>
@@ -2381,51 +2386,51 @@
       <c r="C86" s="8"/>
       <c r="D86" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>1987</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="10"/>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
       <c r="E88" s="7"/>
       <c r="F88" s="7"/>
       <c r="G88" s="7"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="10"/>
       <c r="B89" s="7"/>
       <c r="C89" s="7"/>
       <c r="D89" s="7"/>
       <c r="E89" s="7"/>
       <c r="F89" s="7"/>
       <c r="G89" s="7"/>
       <c r="H89" s="1"/>
     </row>