--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы  «Свободная пирамида» среди любителей. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.09.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -323,63 +323,57 @@
   <si>
     <t>Филипенин Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
-    <t>Тула</t>
-[...1 lines deleted...]
-  <si>
     <t>Братислава</t>
   </si>
   <si>
     <t>Берлин</t>
   </si>
   <si>
     <t>Железногорск</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рязань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1138,51 +1132,51 @@
       </c>
       <c r="D22" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="8">
         <v>1993</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="8"/>
       <c r="D24" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
@@ -1492,51 +1486,51 @@
       </c>
       <c r="D40" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>1981</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>1962</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
@@ -1550,51 +1544,51 @@
       <c r="C43" s="8"/>
       <c r="D43" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>1951</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8"/>
       <c r="D45" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
@@ -1884,51 +1878,51 @@
       </c>
       <c r="D60" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>1986</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8"/>
       <c r="D62" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
@@ -2386,51 +2380,51 @@
       <c r="C86" s="8"/>
       <c r="D86" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>1987</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="10"/>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
       <c r="E88" s="7"/>
       <c r="F88" s="7"/>
       <c r="G88" s="7"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="10"/>
       <c r="B89" s="7"/>
       <c r="C89" s="7"/>
       <c r="D89" s="7"/>
       <c r="E89" s="7"/>
       <c r="F89" s="7"/>
       <c r="G89" s="7"/>
       <c r="H89" s="1"/>
     </row>