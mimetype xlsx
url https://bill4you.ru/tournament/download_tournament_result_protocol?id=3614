--- v0 (2025-10-25)
+++ v1 (2026-03-05)
@@ -14,126 +14,126 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2024 "Пирамида - командные соревнования", юниорки до 19</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.08.2024, Центр бильярдного спорта «Ольгино», Россия, Санкт-Петербург, ул. Приморское шоссе 4к1</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>ХМАО-Югра-1</t>
   </si>
   <si>
-    <t>Осинцева Варвара</t>
+    <t>Кондратьева Валерия</t>
   </si>
   <si>
-    <t>Кондратьева Валерия</t>
+    <t>Осинцева Варвара</t>
   </si>
   <si>
     <t>Санкт-Петербург-1</t>
   </si>
   <si>
-    <t>Ларченко Марианна</t>
-[...1 lines deleted...]
-  <si>
     <t>Мартынова Анна</t>
   </si>
   <si>
-    <t>Москва-1</t>
-[...5 lines deleted...]
-    <t>Михайлик Виктория</t>
+    <t>Ларченко Марианна</t>
   </si>
   <si>
     <t>ХМАО-Югра-2</t>
   </si>
   <si>
     <t>Пронина София</t>
   </si>
   <si>
     <t>Мудрик Виктория</t>
   </si>
   <si>
+    <t>Москва-1</t>
+  </si>
+  <si>
+    <t>Михайлик Виктория</t>
+  </si>
+  <si>
+    <t>Волк Анастасия</t>
+  </si>
+  <si>
     <t>ХМАО-Югра-3</t>
   </si>
   <si>
-    <t>Нягулова Ирина</t>
+    <t>Кошкидько Дарья</t>
   </si>
   <si>
-    <t>Кошкидько Дарья</t>
+    <t>Нягулова Ирина</t>
   </si>
   <si>
     <t>Ростов-1</t>
   </si>
   <si>
     <t>Валеева Радмила</t>
   </si>
   <si>
     <t>Шиндяева Алина</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Лошаков Аркадий</t>
   </si>
   <si>
     <t>Бернадский Борис</t>
   </si>
   <si>
     <t>Галлямов Ленар</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
@@ -736,181 +736,181 @@
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="10">
         <v>2</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="9"/>
       <c r="B13" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="9">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="9"/>
       <c r="B14" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="9">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="3">
       <c r="A15" s="9"/>
       <c r="B15" s="12"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="12"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="9">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
         <v>2007</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="9">
         <v>2006</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
@@ -922,69 +922,69 @@
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="9">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>38</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>