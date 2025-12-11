--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -840,51 +840,51 @@
       </c>
       <c r="C13" s="8">
         <v>2009</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>2008</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="1"/>
@@ -1120,51 +1120,51 @@
       </c>
       <c r="C27" s="8">
         <v>2009</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F29" s="1"/>