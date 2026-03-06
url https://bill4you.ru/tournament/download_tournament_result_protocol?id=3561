--- v1 (2025-12-11)
+++ v2 (2026-03-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2024 "Динамичная пирамида", девушки до 16 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>11.08.2024, Центр бильярдного спорта «Ольгино», Россия, Санкт-Петербург, ул. Приморское шоссе 4к1</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -760,51 +760,51 @@
       </c>
       <c r="C9" s="8">
         <v>2009</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>2010</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>2009</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="1"/>