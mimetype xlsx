--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -83,66 +83,66 @@
   <si>
     <t>Зацепина Дарья</t>
   </si>
   <si>
     <t>Крупенникова Наталья</t>
   </si>
   <si>
     <t>Лосева-Литвин</t>
   </si>
   <si>
     <t>Лосева Елизавета</t>
   </si>
   <si>
     <t>Литвин Алена</t>
   </si>
   <si>
     <t>Уцына-Вязникова</t>
   </si>
   <si>
     <t>Уцына Ирина</t>
   </si>
   <si>
     <t>Вязникова Юлия</t>
   </si>
   <si>
+    <t>Фоменко-Хорошко</t>
+  </si>
+  <si>
+    <t>Фоменко Елена</t>
+  </si>
+  <si>
+    <t>Хорошко Юлия</t>
+  </si>
+  <si>
     <t>Шипулина-Полежаева</t>
   </si>
   <si>
     <t>Шипулина Дарья</t>
   </si>
   <si>
     <t>Полежаева Евгения</t>
-  </si>
-[...7 lines deleted...]
-    <t>Хорошко Юлия</t>
   </si>
   <si>
     <t>Тошпокова-Воронова</t>
   </si>
   <si>
     <t>Тошпокова Алёна</t>
   </si>
   <si>
     <t>Воронова Дарья</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Томилов Юрий</t>
   </si>
   <si>
     <t>Емельянова Светлана</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
@@ -928,134 +928,134 @@
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="9">
-        <v>2007</v>
+        <v>1980</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9">
-        <v>2008</v>
+        <v>1974</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="9">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="9">
-        <v>1974</v>
+        <v>2008</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>29</v>
       </c>