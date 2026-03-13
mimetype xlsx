--- v1 (2026-01-10)
+++ v2 (2026-03-13)
@@ -50,99 +50,99 @@
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Зырянова-Сидоренко</t>
   </si>
   <si>
-    <t>Зырянова Анастасия</t>
+    <t>Сидоренко Елизавета</t>
   </si>
   <si>
-    <t>Сидоренко Елизавета</t>
+    <t>Зырянова Анастасия</t>
   </si>
   <si>
     <t>Зацепина-Крупенникова</t>
   </si>
   <si>
     <t>Зацепина Дарья</t>
   </si>
   <si>
     <t>Крупенникова Наталья</t>
   </si>
   <si>
+    <t>Уцына-Вязникова</t>
+  </si>
+  <si>
+    <t>Уцына Ирина</t>
+  </si>
+  <si>
+    <t>Вязникова Юлия</t>
+  </si>
+  <si>
     <t>Лосева-Литвин</t>
   </si>
   <si>
     <t>Лосева Елизавета</t>
   </si>
   <si>
     <t>Литвин Алена</t>
   </si>
   <si>
-    <t>Уцына-Вязникова</t>
-[...16 lines deleted...]
-  <si>
     <t>Шипулина-Полежаева</t>
   </si>
   <si>
     <t>Шипулина Дарья</t>
   </si>
   <si>
     <t>Полежаева Евгения</t>
+  </si>
+  <si>
+    <t>Фоменко-Хорошко</t>
+  </si>
+  <si>
+    <t>Хорошко Юлия</t>
+  </si>
+  <si>
+    <t>Фоменко Елена</t>
   </si>
   <si>
     <t>Тошпокова-Воронова</t>
   </si>
   <si>
     <t>Тошпокова Алёна</t>
   </si>
   <si>
     <t>Воронова Дарья</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Томилов Юрий</t>
   </si>
   <si>
     <t>Емельянова Светлана</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
@@ -680,69 +680,69 @@
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="10">
         <v>1</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="9"/>
       <c r="B9" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="9">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="9"/>
       <c r="B10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="9">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="3">
       <c r="A11" s="9"/>
       <c r="B11" s="12"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="12"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="10">
         <v>2</v>
       </c>
@@ -804,258 +804,258 @@
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="9">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="9">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="9">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9">
-        <v>1974</v>
+        <v>2008</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="9">
-        <v>2007</v>
+        <v>1974</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="9">
-        <v>2008</v>
+        <v>1980</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>29</v>
       </c>