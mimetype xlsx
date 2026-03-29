--- v0 (2025-10-28)
+++ v1 (2026-03-29)
@@ -89,51 +89,51 @@
   <si>
     <t>Гордиевский Милан</t>
   </si>
   <si>
     <t>Лампартер Максим</t>
   </si>
   <si>
     <t>Петраков Андрей</t>
   </si>
   <si>
     <t>Шеремет Роман</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Брестская область</t>
   </si>
   <si>
     <t>Могилёвская область</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Минская область</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>