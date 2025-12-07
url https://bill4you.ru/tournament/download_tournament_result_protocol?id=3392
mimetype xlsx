--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -953,51 +953,51 @@
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>1973</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
-        <v>1983</v>
+        <v>2025</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1988</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="9" t="s">