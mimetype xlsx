--- v0 (2025-10-02)
+++ v1 (2026-01-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>Фабрика «Старт» и Shirina Bonu</t>
+    <t>Фабрика «Старт»</t>
   </si>
   <si>
     <t>Кубок "Старт СНГ"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.06.2024, Academia Billiards (Ташкент, ул Иззат), Узбекистан, Ташкентская область, Ташкент, Яшнабадский район,  ул. Иззат,  д. 2</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -2087,51 +2087,51 @@
       </c>
       <c r="C65" s="8">
         <v>1968</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1981</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>133</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>1982</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>127</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>133</v>
       </c>
       <c r="F67" s="1"/>