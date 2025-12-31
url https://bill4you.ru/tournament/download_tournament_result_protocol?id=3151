--- v0 (2025-10-19)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>СФБС «Олимп»</t>
   </si>
   <si>
     <t>Чемпионат города Сургута 6 тур "Свободная пирамида"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>01.06.2024, МАУ ДО СШОР «Олимп», Россия, ХМАО - Югра, Сургут, ул. Мелик-Карамова,  12</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -146,57 +146,60 @@
   <si>
     <t>Якубов Мамур</t>
   </si>
   <si>
     <t>Ким Валентин</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
+  </si>
+  <si>
+    <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -649,551 +652,551 @@
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="8">
         <v>2004</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
         <v>1987</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
         <v>1986</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>1993</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>2001</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>2005</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
         <v>1990</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
         <v>1985</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
         <v>2006</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>1987</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>1983</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>2008</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="8">
         <v>2010</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
         <v>2006</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="8">
         <v>2009</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
         <v>1979</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
         <v>1973</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="8">
         <v>1982</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="8">
         <v>1985</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="8">
         <v>1963</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="8">
         <v>2008</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="8">
         <v>1987</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8">
         <v>25</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
         <v>1988</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="10"/>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="10"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>