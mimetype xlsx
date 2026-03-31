--- v1 (2025-12-31)
+++ v2 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>СФБС «Олимп»</t>
   </si>
   <si>
     <t>Чемпионат города Сургута 6 тур "Свободная пирамида"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>01.06.2024, МАУ ДО СШОР «Олимп», Россия, ХМАО - Югра, Сургут, ул. Мелик-Карамова,  12</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -150,53 +150,50 @@
     <t>Ким Валентин</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>-</t>
-  </si>
-[...1 lines deleted...]
-    <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -652,551 +649,551 @@
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="8">
         <v>2004</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
         <v>1987</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
         <v>1986</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>1993</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>2001</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>2005</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
         <v>1990</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
         <v>1985</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
         <v>2006</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>1987</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>1983</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>2008</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="8">
         <v>2010</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
         <v>2006</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="8">
         <v>2009</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
         <v>1979</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
         <v>1973</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="8">
         <v>1982</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="8">
         <v>1985</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="8">
         <v>1963</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="8">
         <v>2008</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="8">
         <v>1987</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8">
         <v>25</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
         <v>1988</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="10"/>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="10"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>