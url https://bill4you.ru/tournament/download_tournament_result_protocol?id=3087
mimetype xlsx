--- v0 (2025-10-06)
+++ v1 (2026-02-04)
@@ -1058,55 +1058,59 @@
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8"/>
       <c r="D28" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="C29" s="8"/>
+      <c r="C29" s="8">
+        <v>1963</v>
+      </c>
       <c r="D29" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="E29" s="9"/>
+      <c r="E29" s="9" t="s">
+        <v>43</v>
+      </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="10"/>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="7"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="10"/>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">