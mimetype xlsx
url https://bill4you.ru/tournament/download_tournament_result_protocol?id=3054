--- v0 (2025-10-06)
+++ v1 (2026-01-02)
@@ -895,53 +895,55 @@
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>1986</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C15" s="8"/>
+      <c r="C15" s="8">
+        <v>1986</v>
+      </c>
       <c r="D15" s="8" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>1989</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="1"/>
@@ -1529,51 +1531,51 @@
       </c>
       <c r="C46" s="8">
         <v>1986</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>2014</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1990</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F48" s="1"/>