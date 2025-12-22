--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Федерация бильярдного спорта России</t>
   </si>
   <si>
     <t>4-й этап кубка России по пулу среди юношей до 17 лет 2024</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.05.2024, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Гайковас Андрей</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Роговой Евгений</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Пархомович Владислав</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Щеглов Алексей</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
   <si>
     <t>Антоненко Артем</t>
   </si>
@@ -186,53 +186,50 @@
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
   <si>
     <t>Сахалинская область</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -865,51 +862,51 @@
       </c>
       <c r="D15" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2008</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2008</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
@@ -1045,51 +1042,51 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>2008</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
         <v>2012</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
@@ -1225,51 +1222,51 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>2012</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>