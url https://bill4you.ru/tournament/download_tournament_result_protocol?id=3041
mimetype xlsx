--- v1 (2025-12-22)
+++ v2 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>4-й этап кубка России по пулу среди юношей до 17 лет 2024</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.05.2024, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -799,51 +799,51 @@
       </c>
       <c r="C12" s="8">
         <v>2010</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>2010</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>2013</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="1"/>