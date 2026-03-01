--- v0 (2025-11-02)
+++ v1 (2026-03-01)
@@ -1205,51 +1205,51 @@
       </c>
       <c r="C33" s="8">
         <v>2007</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>2009</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F35" s="1"/>