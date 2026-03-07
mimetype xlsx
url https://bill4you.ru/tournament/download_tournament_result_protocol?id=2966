--- v0 (2025-10-05)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы «Свободная пирамида». Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>04.05.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -251,66 +251,63 @@
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
-    <t>Омск</t>
+    <t>Волжский</t>
   </si>
   <si>
     <t>Калуга</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иваново</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -900,51 +897,51 @@
       </c>
       <c r="D13" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>2004</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>1986</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
@@ -1077,51 +1074,51 @@
       </c>
       <c r="C22" s="8">
         <v>1989</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>2009</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>1991</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F24" s="1"/>
@@ -1160,91 +1157,91 @@
       </c>
       <c r="D26" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2007</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1996</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2008</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
@@ -1358,51 +1355,51 @@
       </c>
       <c r="D36" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>1995</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>1995</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
@@ -1435,51 +1432,51 @@
       </c>
       <c r="C40" s="8">
         <v>2007</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2007</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>2010</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F42" s="1"/>
@@ -1555,71 +1552,71 @@
       </c>
       <c r="C46" s="8">
         <v>1968</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>2009</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1981</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>1992</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F49" s="1"/>