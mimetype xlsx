--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -206,51 +206,51 @@
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пыхтин Дмитрий</t>
   </si>
   <si>
     <t>Рашев Сергей</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Селях Эдуард</t>
   </si>
   <si>
     <t>Соловей Тимур</t>
   </si>
   <si>
     <t>Струнов Никита</t>
   </si>
   <si>
     <t>Аллаяров Рамиль</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Димитриев Александр</t>
   </si>
   <si>
     <t>Здасеня Александр</t>
   </si>
   <si>
     <t>Кисин Григорий</t>
   </si>
   <si>
     <t>Манчак Дмитрий</t>
   </si>
   <si>
     <t>Опанасюк Дмитрий</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Чемякин Сергей</t>
   </si>