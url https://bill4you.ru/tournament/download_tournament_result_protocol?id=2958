--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -1540,51 +1540,51 @@
       </c>
       <c r="C45" s="8">
         <v>1967</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1960</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>1983</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F47" s="1"/>