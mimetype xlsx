--- v0 (2025-10-28)
+++ v1 (2026-02-12)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t xml:space="preserve">4-й этап кубка России по пулу 2024   Мужчины </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>27.04.2024, БК "Золотой кий", Россия, Челябинская область, Челябинск, ул. Орджоникидзе,  64</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -107,102 +107,105 @@
   <si>
     <t>Петров Леонид</t>
   </si>
   <si>
     <t>Слепченков Фёдор</t>
   </si>
   <si>
     <t>Фролов Денис</t>
   </si>
   <si>
     <t>Ереклинцев Алексей</t>
   </si>
   <si>
     <t>Логинов Алексей</t>
   </si>
   <si>
     <t>Слепченков Илья</t>
   </si>
   <si>
     <t>Шакиров Александр</t>
   </si>
   <si>
     <t>Булычев Денис</t>
   </si>
   <si>
-    <t>Николай Фетисов</t>
+    <t>Угай Дмитрий</t>
   </si>
   <si>
-    <t>Угай Дмитрий</t>
+    <t>Фетисов Николай</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Марьин Максим</t>
   </si>
   <si>
     <t>Гурова Виктория</t>
   </si>
   <si>
     <t>Сероштан Андрей</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Пермский край</t>
+  </si>
+  <si>
+    <t>Тюменская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,94 +979,98 @@
         <v>8</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>1997</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="C24" s="8"/>
+      <c r="C24" s="8">
+        <v>1999</v>
+      </c>
       <c r="D24" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="C26" s="8"/>
+      <c r="C26" s="8">
+        <v>1996</v>
+      </c>
       <c r="D26" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="1"/>
     </row>