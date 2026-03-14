--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -95,54 +95,54 @@
   <si>
     <t>Фальков Артем</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
-    <t>Красноярск</t>
+    <t>Новосибирск</t>
   </si>
   <si>
-    <t>Новосибирск</t>
+    <t>Красноярск</t>
   </si>
   <si>
     <t>Иркутск</t>
   </si>
   <si>
     <t>Барнаул</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -635,111 +635,111 @@
       </c>
       <c r="D8" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
         <v>2006</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>2006</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>2006</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2007</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>2008</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>