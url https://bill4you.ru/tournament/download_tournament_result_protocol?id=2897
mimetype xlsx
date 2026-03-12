--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -1133,51 +1133,51 @@
       </c>
       <c r="C29" s="8">
         <v>1991</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2010</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2009</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F31" s="1"/>