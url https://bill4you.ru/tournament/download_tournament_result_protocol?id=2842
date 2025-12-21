--- v0 (2025-10-19)
+++ v1 (2025-12-21)
@@ -152,51 +152,51 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>