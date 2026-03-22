--- v1 (2025-12-21)
+++ v2 (2026-03-22)
@@ -826,51 +826,51 @@
       </c>
       <c r="C15" s="8">
         <v>2006</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
         <v>1973</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
         <v>2001</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="1"/>