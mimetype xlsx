--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>БК Классик А</t>
   </si>
   <si>
     <t>Турнир посвященный Дню Победы</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>30.04.2024, БК Классик А, Россия, Пермский край, Пермь, ул. Куйбышева,  37 ТЦ "Алмаз",  4 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -366,53 +366,50 @@
     <t>Москва</t>
   </si>
   <si>
     <t>Донецк</t>
   </si>
   <si>
     <t>Пермь</t>
   </si>
   <si>
     <t>Самара</t>
   </si>
   <si>
     <t>Ижевск</t>
   </si>
   <si>
     <t>Первоуральск</t>
   </si>
   <si>
     <t>Курганинск</t>
   </si>
   <si>
     <t>Иркутск</t>
   </si>
   <si>
     <t>Югорск</t>
-  </si>
-[...1 lines deleted...]
-    <t>Курган</t>
   </si>
   <si>
     <t>Урай</t>
   </si>
   <si>
     <t>Глазов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1405,91 +1402,91 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>117</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>2012</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>1967</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1992</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1992</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
@@ -2029,102 +2026,104 @@
       </c>
       <c r="D65" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1959</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2009</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8"/>
       <c r="D68" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="C69" s="8"/>
+      <c r="C69" s="8">
+        <v>1991</v>
+      </c>
       <c r="D69" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8"/>
       <c r="D70" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F70" s="1"/>