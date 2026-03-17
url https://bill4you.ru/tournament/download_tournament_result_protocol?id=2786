--- v0 (2025-10-22)
+++ v1 (2026-03-17)
@@ -173,54 +173,54 @@
   <si>
     <t>Томилов Юрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Гребеньков Виталий</t>
   </si>
   <si>
     <t>Емельянова Светлана</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Новосибирск</t>
   </si>
   <si>
     <t>Болотное</t>
   </si>
   <si>
     <t>село Довольное</t>
   </si>
   <si>
     <t>рабочий посёлок Коченёво</t>
   </si>
   <si>
     <t>Бердск</t>
   </si>
   <si>
     <t>Обь</t>
   </si>
 </sst>
 </file>
 
@@ -1045,51 +1045,51 @@
       </c>
       <c r="C24" s="8">
         <v>1982</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>2011</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
         <v>1974</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="1"/>
@@ -1125,51 +1125,51 @@
       </c>
       <c r="C28" s="8">
         <v>1972</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2011</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>1958</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F30" s="1"/>
@@ -1205,71 +1205,71 @@
       </c>
       <c r="C32" s="8">
         <v>1991</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2012</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2011</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>1955</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F35" s="1"/>