--- v0 (2025-10-05)
+++ v1 (2025-12-10)
@@ -104,51 +104,51 @@
   <si>
     <t>Бабич Савва</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
     <t>Пархомович Владислав</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Козырев Илья</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Мартынов Дамир</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Пархомович Виталий</t>
   </si>
   <si>
     <t>Потапов Денис</t>
   </si>
   <si>
     <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Бабич Гордей</t>
   </si>