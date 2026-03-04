--- v1 (2025-12-10)
+++ v2 (2026-03-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>3-й этап кубка России по пулу среди юношей до 17 лет 2024</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>06.04.2024, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -119,57 +119,57 @@
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
   <si>
     <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Козырев Илья</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Мартынов Дамир</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
+    <t>Никита Смирнов</t>
+  </si>
+  <si>
     <t>Пархомович Виталий</t>
   </si>
   <si>
     <t>Потапов Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Бабич Гордей</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Кудрявцев Глеб</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
     <t>Солодилов Николай</t>
   </si>
   <si>
     <t>Щеглов Алексей</t>
   </si>
   <si>
     <t>Юнин Александр</t>
   </si>
@@ -1116,97 +1116,97 @@
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>2008</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>2009</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
@@ -1239,51 +1239,51 @@
       </c>
       <c r="C34" s="8">
         <v>2013</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="8">
         <v>2011</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F36" s="1"/>