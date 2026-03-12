--- v0 (2025-12-24)
+++ v1 (2026-03-12)
@@ -188,54 +188,54 @@
   <si>
     <t>Черепанов Кирилл</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>2р</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Белоярский</t>
   </si>
   <si>
     <t>Лянтор</t>
   </si>
   <si>
     <t>Нефтеюганск</t>
   </si>
   <si>
     <t>посёлок городского типа Белый Яр</t>
   </si>
   <si>
     <t>Пыть-Ях</t>
   </si>
   <si>
     <t>Мегион</t>
   </si>
@@ -1209,131 +1209,131 @@
       </c>
       <c r="C31" s="8">
         <v>1987</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>1973</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>1987</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1979</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>1982</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2009</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>1991</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F37" s="1"/>
@@ -1389,71 +1389,71 @@
       </c>
       <c r="C40" s="8">
         <v>1969</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2009</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>2008</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1999</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F43" s="1"/>