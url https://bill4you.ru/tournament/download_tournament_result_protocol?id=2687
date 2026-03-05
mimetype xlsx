--- v0 (2025-10-02)
+++ v1 (2026-03-05)
@@ -736,51 +736,51 @@
       </c>
       <c r="C9" s="8">
         <v>1978</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>1985</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>2000</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="1"/>