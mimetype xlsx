--- v0 (2025-11-22)
+++ v1 (2026-01-08)
@@ -1349,51 +1349,51 @@
       </c>
       <c r="C32" s="8">
         <v>2006</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="8">
         <v>2009</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>1998</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F34" s="1"/>
@@ -1489,51 +1489,51 @@
       </c>
       <c r="C39" s="8">
         <v>2012</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="8">
         <v>1979</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>2010</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F41" s="1"/>