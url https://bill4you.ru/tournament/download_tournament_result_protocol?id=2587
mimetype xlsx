--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>3-й этап кубка России по пулу 2024 Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>16.03.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -209,51 +209,51 @@
   <si>
     <t>Русов Артур</t>
   </si>
   <si>
     <t>Смирнов Владимир</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Соломатин Иван</t>
   </si>
   <si>
     <t>Тараторин Олег</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Шестаков Михаил</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Зацепилов Антон</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Опанасюк Дмитрий</t>
   </si>
   <si>
     <t>Плиско Антон</t>
   </si>
   <si>
     <t>Пронин Дмитрий</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Цай Вячеслав</t>
   </si>
@@ -294,53 +294,50 @@
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Самарская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1783,51 +1780,51 @@
       </c>
       <c r="D56" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2008</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>2008</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>