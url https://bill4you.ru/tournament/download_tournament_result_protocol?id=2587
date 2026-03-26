--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -101,51 +101,51 @@
   <si>
     <t>Матвиенко Владимир</t>
   </si>
   <si>
     <t>Михайлов Леонид</t>
   </si>
   <si>
     <t>Сапаров Тимур</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Ковалерчик Арсений</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Новоселов Михаил</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Сероштан Андрей</t>
   </si>
   <si>
     <t>Хайруллин Ильяс</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Коак Виталий</t>
   </si>
   <si>
     <t>Коленников Артем</t>
   </si>
   <si>
     <t>Котов Михаил</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Наон Юрий</t>
   </si>
@@ -1519,51 +1519,51 @@
       </c>
       <c r="C43" s="8">
         <v>1967</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>1974</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E45" s="9"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>