--- v0 (2025-10-04)
+++ v1 (2025-12-10)
@@ -164,51 +164,51 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -975,51 +975,51 @@
       </c>
       <c r="B22" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="8">
         <v>2010</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>2008</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="9" t="s">