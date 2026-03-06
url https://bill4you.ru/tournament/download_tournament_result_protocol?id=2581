--- v1 (2025-12-10)
+++ v2 (2026-03-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России «Пул 8» среди юниорок до 19 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>13.03.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>