--- v0 (2025-10-05)
+++ v1 (2025-12-07)
@@ -134,51 +134,51 @@
   <si>
     <t>Морозов Елисей</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Сунгатуллин Карим</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Туганов Артур</t>
   </si>
   <si>
     <t>Фатин Мирон</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Алалыкин Иван</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Мартынов Дамир</t>
   </si>
   <si>
     <t>Пронин Даниил</t>
   </si>
   <si>
     <t>Родин Алексей</t>
   </si>
   <si>
     <t>Толстокоров Никита</t>
   </si>
   <si>
     <t>Тремаскин Матвей</t>
   </si>
   <si>
     <t>Фролов Михаил</t>
   </si>
   <si>
     <t>Беляев Егор</t>
   </si>
   <si>
     <t>Габдуллин Андрей</t>
   </si>
@@ -221,51 +221,51 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>