--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -14,99 +14,99 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России «Пул 10» среди юношей до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>12.03.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 38</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Кузнецов Никита</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Иванов Родион</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
@@ -852,51 +852,51 @@
       </c>
       <c r="C13" s="8">
         <v>2012</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>2009</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="1"/>
@@ -1172,51 +1172,51 @@
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2010</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2011</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="1"/>
@@ -1272,51 +1272,51 @@
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2011</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F36" s="1"/>
@@ -1452,51 +1452,51 @@
       </c>
       <c r="C43" s="8">
         <v>2011</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2010</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2011</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F45" s="1"/>