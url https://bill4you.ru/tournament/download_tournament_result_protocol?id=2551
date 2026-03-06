--- v0 (2025-10-04)
+++ v1 (2026-03-06)
@@ -14,108 +14,108 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>2-й этап кубка России по пулу среди юношей до 17 лет 2024</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>09.03.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
   <si>
     <t>33 - 48</t>
   </si>
   <si>
     <t>49 - 50</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
     <t>Роговой Евгений</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Потапов Денис</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
@@ -251,51 +251,51 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -965,51 +965,51 @@
       </c>
       <c r="C17" s="8">
         <v>2008</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2010</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>2010</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="1"/>
@@ -1025,51 +1025,51 @@
       </c>
       <c r="C20" s="8">
         <v>2010</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>2010</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>2011</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F22" s="1"/>
@@ -1285,51 +1285,51 @@
       </c>
       <c r="C33" s="8">
         <v>2009</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2011</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F35" s="1"/>
@@ -1725,51 +1725,51 @@
       </c>
       <c r="C55" s="8">
         <v>2011</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="8">
         <v>2010</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="8">
         <v>2010</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F57" s="1"/>