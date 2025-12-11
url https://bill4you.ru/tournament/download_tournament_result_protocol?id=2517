--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -883,51 +883,51 @@
       </c>
       <c r="C18" s="8">
         <v>2007</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>2009</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>2012</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="1"/>
@@ -1003,51 +1003,51 @@
       </c>
       <c r="C24" s="8">
         <v>2007</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
         <v>2007</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
         <v>2006</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F26" s="1"/>