--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>ФБС Республики Крым</t>
   </si>
   <si>
     <t>Кубок Республики Крым среди мужчин</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>09.03.2024, БК "Фаворит" (Симферополь), Россия, Республика Крым, Симферополь, ул. Киевская,  д. 90а</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -252,50 +252,53 @@
     <t>Евпатория</t>
   </si>
   <si>
     <t>Судак</t>
   </si>
   <si>
     <t>Алушта</t>
   </si>
   <si>
     <t>Керчь</t>
   </si>
   <si>
     <t>Симферополь</t>
   </si>
   <si>
     <t>Ялта</t>
   </si>
   <si>
     <t>Феодосия</t>
   </si>
   <si>
     <t>посёлок городского типа Нижнегорский</t>
   </si>
   <si>
     <t>Москва</t>
+  </si>
+  <si>
+    <t>Реутов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1578,51 +1581,51 @@
       </c>
       <c r="D48" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="8">
         <v>1991</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="8">
         <v>1986</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>