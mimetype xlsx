--- v0 (2025-12-28)
+++ v1 (2026-03-11)
@@ -161,54 +161,54 @@
   <si>
     <t>Карапетов Сергей</t>
   </si>
   <si>
     <t>Марьин Максим</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>2р</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Красногорск</t>
   </si>
   <si>
     <t>Домодедово</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Омск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -870,51 +870,51 @@
       </c>
       <c r="C16" s="8">
         <v>1993</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2010</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2003</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="1"/>
@@ -1106,51 +1106,51 @@
       </c>
       <c r="C28" s="8">
         <v>2004</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2008</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>2007</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F30" s="1"/>
@@ -1166,51 +1166,51 @@
       </c>
       <c r="C31" s="8">
         <v>1992</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>2008</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2010</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F33" s="1"/>