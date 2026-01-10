--- v0 (2025-10-22)
+++ v1 (2026-01-10)
@@ -161,51 +161,51 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1112,51 +1112,51 @@
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>1967</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
-        <v>2099</v>
+        <v>2025</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
         <v>2007</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="9" t="s">