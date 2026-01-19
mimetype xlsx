--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2024 по снукеру 6 красных среди юниоров до 22 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>20.02.2024, ЛАМ, Россия, Тюменская область, Тюмень, ул. Луначарского,  12</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -765,51 +765,51 @@
       </c>
       <c r="C10" s="8">
         <v>2003</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>2004</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2005</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="1"/>