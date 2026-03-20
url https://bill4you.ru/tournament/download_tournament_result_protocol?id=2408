--- v0 (2025-10-08)
+++ v1 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2024 по снукеру 1 красный среди юниоров до 22</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>20.02.2024, ЛАМ, Россия, Тюменская область, Тюмень, ул. Луначарского,  12</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -925,51 +925,51 @@
       </c>
       <c r="C18" s="8">
         <v>2006</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2004</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2006</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="1"/>
@@ -1105,51 +1105,51 @@
       </c>
       <c r="C27" s="8">
         <v>2009</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>2013</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2007</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F29" s="1"/>
@@ -1205,71 +1205,71 @@
       </c>
       <c r="C32" s="8">
         <v>2013</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2012</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2012</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>2007</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F35" s="1"/>