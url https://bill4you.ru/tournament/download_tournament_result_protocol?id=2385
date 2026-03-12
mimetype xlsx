--- v0 (2025-10-07)
+++ v1 (2026-03-12)
@@ -110,51 +110,51 @@
   <si>
     <t>Бахлин Игорь</t>
   </si>
   <si>
     <t>Башкатов Евгений</t>
   </si>
   <si>
     <t>Кочкин Максим</t>
   </si>
   <si>
     <t>Урайимов Сыймык</t>
   </si>
   <si>
     <t>Христов Антал</t>
   </si>
   <si>
     <t>Цай Вячеслав</t>
   </si>
   <si>
     <t>Шевкунов Дмитрий</t>
   </si>
   <si>
     <t>Яценко Евгений</t>
   </si>
   <si>
-    <t>Аманбай Уулу Нургазы</t>
+    <t>Аманбай уулу Нургазы</t>
   </si>
   <si>
     <t>Денисов Денис</t>
   </si>
   <si>
     <t>Илюхин Иван</t>
   </si>
   <si>
     <t>Исламов Кирилл</t>
   </si>
   <si>
     <t>Кононов Игорь</t>
   </si>
   <si>
     <t>Корявкин Юрий</t>
   </si>
   <si>
     <t>Костенко Кирилл</t>
   </si>
   <si>
     <t>Ли Глеб</t>
   </si>
   <si>
     <t>Ли Максим</t>
   </si>
@@ -1665,51 +1665,51 @@
       </c>
       <c r="C49" s="8">
         <v>2001</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>2009</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>1971</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F51" s="1"/>