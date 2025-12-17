--- v0 (2025-10-08)
+++ v1 (2025-12-17)
@@ -1261,51 +1261,51 @@
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1991</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>1983</v>
+        <v>2025</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>1981</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E36" s="9" t="s">