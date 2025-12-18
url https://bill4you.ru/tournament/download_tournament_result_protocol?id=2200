--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Федерация бильярдного спорта России</t>
   </si>
   <si>
     <t>Кубок России по пулу. Мужчины. 1 этап 2024.</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>20.01.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -297,53 +297,50 @@
     <t>МСМК</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тель-Авивский округ</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1172,91 +1169,91 @@
       </c>
       <c r="D25" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>1976</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="8">
         <v>1981</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>2001</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="8">
         <v>1972</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
@@ -1368,51 +1365,51 @@
       </c>
       <c r="D35" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1999</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1984</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
@@ -1768,51 +1765,51 @@
       </c>
       <c r="D55" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>2006</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2010</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
@@ -1824,91 +1821,91 @@
         <v>66</v>
       </c>
       <c r="C58" s="8"/>
       <c r="D58" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E58" s="9"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2007</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1989</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2009</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2010</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
@@ -1924,51 +1921,51 @@
       </c>
       <c r="D63" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>2009</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1982</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>