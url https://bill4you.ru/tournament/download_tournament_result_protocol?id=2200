--- v1 (2025-12-18)
+++ v2 (2026-03-06)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России по пулу. Мужчины. 1 этап 2024.</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>20.01.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -140,51 +140,51 @@
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Михайлов Леонид</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
     <t>Рашев Сергей</t>
   </si>
   <si>
     <t>Родин Дмитрий</t>
   </si>
   <si>
     <t>Щербаков Вадим</t>
   </si>
   <si>
     <t>Бурсаков Антон</t>
   </si>
   <si>
     <t>Кеслер Константин</t>
   </si>
   <si>
-    <t>Коцуба Сергей</t>
+    <t>Коцюба Сергей</t>
   </si>
   <si>
     <t>Плиско Антон</t>
   </si>
   <si>
     <t>Ревенков Александр</t>
   </si>
   <si>
     <t>Филонов Александр</t>
   </si>
   <si>
     <t>Хестанов Алан</t>
   </si>
   <si>
     <t>Шестаков Михаил</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Безруков Вячеслав</t>
   </si>
   <si>
     <t>Буслаев Евгений</t>
   </si>
@@ -300,50 +300,53 @@
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
+  </si>
+  <si>
+    <t>Самарская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1146,51 +1149,51 @@
       </c>
       <c r="C24" s="8">
         <v>2003</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="8">
         <v>1960</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>1976</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="1"/>
@@ -1322,94 +1325,98 @@
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="8">
         <v>2002</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="8"/>
+      <c r="C34" s="8">
+        <v>1962</v>
+      </c>
       <c r="D34" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="E34" s="9"/>
+      <c r="E34" s="9" t="s">
+        <v>96</v>
+      </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>1999</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1999</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1984</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>