--- v0 (2025-11-03)
+++ v1 (2026-01-03)
@@ -649,71 +649,71 @@
       </c>
       <c r="C9" s="8">
         <v>2011</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>2012</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>2012</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2010</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="1"/>